--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -1,8709 +1,9587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="749CA607" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="00C87F1C">
-[...430 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+    <w:p w14:paraId="6E102D31" w14:textId="71CAA275" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:vertAlign w:val="superscript"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Artikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00490372">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:vertAlign w:val="superscript"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>Bakti Masyarakat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Cambria, 16, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Tebal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA2B3EC" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5678"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DD6024" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading_h_30j0zll" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:vertAlign w:val="superscript"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="FFFFFF"/>
+        </w:rPr>
+        <w:t>Penulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pertama1*, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+          <w:color w:val="FFFFFF"/>
+        </w:rPr>
+        <w:t>Penulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>.</w:t>
+          <w:color w:val="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kedua2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D90165" w14:textId="77777777" w:rsidR="00C87F1C" w:rsidRPr="00C87F1C" w:rsidRDefault="00C87F1C" w:rsidP="00C87F1C">
-[...13 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="78BE2535" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:spacing w:before="60"/>
+        <w:ind w:right="193"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>1,2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Universitas, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Negara,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0E176795" w14:textId="77777777" w:rsidR="00C87F1C" w:rsidRPr="00C87F1C" w:rsidRDefault="00C87F1C" w:rsidP="00C87F1C">
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Garamond"/>
+    <w:p w14:paraId="31A6642E" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2003"/>
+        </w:tabs>
+        <w:ind w:right="-2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...43 lines deleted...]
-      </w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C4DA28B" w14:textId="77777777" w:rsidR="0095404E" w:rsidRPr="008867EA" w:rsidRDefault="0095404E" w:rsidP="0095404E">
-[...279 lines deleted...]
-          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
+    <w:p w14:paraId="575E115A" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="0092192D" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="2D0A0717">
+          <v:rect id="Rectangle 13" o:spid="_x0000_s1027" style="position:absolute;margin-left:-1.25pt;margin-top:6.75pt;width:125.5pt;height:338.05pt;z-index:2;visibility:visible;mso-wrap-distance-top:3.6pt;mso-wrap-distance-bottom:3.6pt" stroked="f">
+            <v:textbox inset="0,0,2.28542mm,0">
+              <w:txbxContent>
+                <w:p w14:paraId="309A8CB7" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Article history:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="341523AB" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="2A063322" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00B82436" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B82436">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                    <w:t>Incoming:</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00B82436">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                    <w:t>December 21 ,2025;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4AE47B4A" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00B82436" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B82436">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                    <w:t>Revision: December 26, 2025</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3A5A9ADA" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00B82436" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B82436">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                    <w:t>Received: December 28, 2025</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="40F37649" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00B82436" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00B82436">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="id-ID"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Volume 1 Issue:3, December 2025 </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="570DA73C" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="41D58509" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="375D74C0" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Kata </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kunci</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> :</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                </w:p>
+                <w:p w14:paraId="1754B25C" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">3-5 Kata </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Kunci</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Dipisahkan</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>dengan</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Tanda</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:i/>
+                      <w:iCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Koma</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+                <w:p w14:paraId="274B2746" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="092E7695" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Keywords:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5687F6E9" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Please Provide 3-5 Words of Keywords Separated by Comas</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="39183F1B" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7239CF50" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+                  <w:pPr>
+                    <w:textDirection w:val="btLr"/>
+                    <w:rPr>
+                      <w:rFonts w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+            <w10:wrap type="square"/>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="007E18F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ABSTRAK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECC7EF7" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bahasa Indonesia dan Bahasa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inggris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cambria </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>panjang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>teks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>antara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100-150 kata. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>artikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inggris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Indonesia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diikutsertakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>versi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bahasa Indonesia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bahasa Indonesia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>baku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ejaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>disempurnakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Penulisan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>singkatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rumus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>matematika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dihindari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>memaparkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ringkas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tentang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>masalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tujuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hasil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>kesimpulan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162F9855" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4312"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AF3BD1C" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ABSTRAK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AAB8E9" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00B82436" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading_h_1fob9te" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00B82436">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This paper provides a template for preparing papers for electronic production of the Journal of Education Technology. A well-prepared abstract enables the reader to identify the basic content of a document quickly and accurately, to determine its relevance to their interests, and thus to decide whether to read the document in its entirety. The Abstract should be informative and completely self-explanatory, provide a clear statement of the problem, the proposed approach or solution, and point out major findings and conclusions. The Abstract should be 150 to 250 words in length. The abstract should be written in the past tense. Standard </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B82436">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nomenclaturariae</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B82436">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be used and abbreviations should be avoided. No literature should be cited. The keyword list provides the opportunity to add keywords, used by the indexing and abstracting services, in addition to those already present in the title. Judicious use of keywords may increase the ease with which interested parties can locate our article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37847F0A" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710A658B" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00ED5793">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36E66734" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PENGANTAR (Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40120A56" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Berisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>uraian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tentang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>analisis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>situasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kondisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>objektif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>subjek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kepada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>dampingan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>isu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>fokus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>alasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>memilih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>subjek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kepada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>perubahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>sosial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tujuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kepada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>diharapkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>didukung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kualitatif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kuantitatif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>serta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>didukung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kajian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>relevan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gaya Turabian.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>12,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Indonesia:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>antar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>baris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>: 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2353EC" w14:textId="05C74AA8" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4987D517" w14:textId="77777777" w:rsidR="00490372" w:rsidRDefault="00490372" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59572D92" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>METODE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PELAKSANAAN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="007C13A8" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Berisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>uraian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tentang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proses </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>perencanaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>aksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>bersama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengorganisasian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Menjelaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pokok</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>bahasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tempat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>lokasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kepada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>keterlibatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>subjek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>dampingan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proses </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>perencanaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengorganisasian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>serta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>strategi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>mencapai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tujuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tahapan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kegiatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>kepada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>masyarakat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>diharapkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Proses </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>perencanaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>strategi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>dijelaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>melalui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>bagan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>alir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>diagram.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jarak: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Indonesia:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>antar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>baris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>: 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330AD0CD" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gambar:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F907DD" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="00490372" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="74BEC50F">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="Diagram 7" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:320.3pt;height:176.3pt;visibility:visible">
+            <v:imagedata r:id="rId8" o:title="" cropleft="-26126f" cropright="-26163f"/>
+            <o:lock v:ext="edit" aspectratio="f"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAF81E4" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gambar 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Diagram</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6416C677" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gambar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>diberi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>misalnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Gambar 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diagram. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Keterangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>ditempatkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>bagian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tengah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C8BDBD" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2823D4D4" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HASIL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DAN PEMBAHASAN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A88257" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. Hasil </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389CF55C" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t>Bagian ini berisi uraian hasil proses pengabdian kepada masyarakat, yaitu uraian tentang dinamika proses pendampingan (berbagai kegiatan yang dilakukan, bentuk-bentuk tindakan teknis atau program untuk menyelesaikan permasalahan masyarakat). Dijelaskan pula tentang munculnya perubahan-perubahan sosial yang diharapkan, misalnya munculnya lembaga-lembaga baru, perubahan perilaku, munculnya pemimpin-pemimpin lokal (local leader), terciptanya kesadaran baru terhadap transformasi sosial, dan sebagainya.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>12,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Indonesia:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>antar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>baris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>: 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787D9546" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D49558" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37187583" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4060FD67" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>diberi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Statistik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Deskriptif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Keterangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>diletakkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>bagian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tengah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E637F3" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Statistik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Deskriptif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...3673 lines deleted...]
-        <w:tblW w:w="5840" w:type="dxa"/>
+        <w:tblW w:w="6045" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1019"/>
         <w:gridCol w:w="1071"/>
-        <w:gridCol w:w="1102"/>
+        <w:gridCol w:w="1307"/>
         <w:gridCol w:w="1018"/>
         <w:gridCol w:w="1630"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006916F3" w:rsidRPr="003F25AB" w14:paraId="468A46D1" w14:textId="77777777" w:rsidTr="001354B0">
+      <w:tr w:rsidR="007E18F5" w:rsidRPr="003F25AB" w14:paraId="34969C6E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19095991" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="11FD55D3" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00ED5793" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:lang w:val="id-ID"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+                <w:lang w:val="id-ID"/>
+              </w:rPr>
+              <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16BDCC25" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="3ED22C63" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>Minimum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcW w:w="1307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D7153" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="1FFD964D" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>Maksimum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1018" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="58013460" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="5E7BD49F" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>Berarti</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="41431BB2" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="4F98D0FF" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>Deviasi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003F25AB">
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
               <w:t>Standar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006916F3" w:rsidRPr="003F25AB" w14:paraId="70F01391" w14:textId="77777777" w:rsidTr="001354B0">
+      <w:tr w:rsidR="007E18F5" w:rsidRPr="003F25AB" w14:paraId="51ED4BD2" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41CBA0E2" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="10FC00FB" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE7D997" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="2EBE4892" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcW w:w="1307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48934761" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="54F2C308" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1018" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55261FB1" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="0030FA61" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="329A9FC5" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="72020100" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006916F3" w:rsidRPr="003F25AB" w14:paraId="5D3645D1" w14:textId="77777777" w:rsidTr="001354B0">
+      <w:tr w:rsidR="007E18F5" w:rsidRPr="003F25AB" w14:paraId="6E09AF6E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="452B9B0F" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="17829208" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34E8722E" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="0728EF1D" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcW w:w="1307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54711F7C" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="4869D379" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1018" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12D1AA8C" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="1EE29BAE" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10886FD0" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="767B2A10" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006916F3" w:rsidRPr="003F25AB" w14:paraId="335E3400" w14:textId="77777777" w:rsidTr="001354B0">
+      <w:tr w:rsidR="007E18F5" w:rsidRPr="003F25AB" w14:paraId="4A5C30E4" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1019" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0621592B" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="049C067A" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1071" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48666BDC" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="70B11F01" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcW w:w="1307" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C44BB54" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="55FF5B67" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1018" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13D34848" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="406269F1" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="30" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="30" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B889F90" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="001354B0">
+          <w:p w14:paraId="1A870F21" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="001354B0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Arial"/>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FFDB1ED" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="4DCC74BE" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="029FA758" w14:textId="05195B11" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="00511911" w:rsidP="006916F3">
+    <w:p w14:paraId="37A775AA" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">B. Pembahasan </w:t>
       </w:r>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Cambria, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>ukuran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 12)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196C1615" w14:textId="3DC77782" w:rsidR="00732006" w:rsidRDefault="00732006" w:rsidP="006916F3">
+    <w:p w14:paraId="2E59D007" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="0092192D" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict w14:anchorId="559ACA22">
+          <v:shape id="Picture 2" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:94.95pt;margin-top:53.7pt;width:207.4pt;height:138.7pt;z-index:-2;visibility:visible">
+            <v:imagedata r:id="rId9" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Berisi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>hasil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pembahasan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>dari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>uraian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pengabdian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kepada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>masyarakat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> dan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pembahasan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>teori</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> yang </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>relevan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>dengan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>temuan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pengabdian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kepada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>masyarakat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Bagian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>ini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> juga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>membahas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>temuan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>teori</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> proses </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pengabdian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>sejak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>awal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>hingga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>terjadinya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>perubahan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>sosial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006916F3" w:rsidRPr="003F25AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+      <w:r w:rsidR="007E18F5" w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8AC5C8" w14:textId="55948537" w:rsidR="00732006" w:rsidRDefault="00732006" w:rsidP="006916F3">
+    <w:p w14:paraId="468E6B25" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F4D56AF" w14:textId="77777777" w:rsidR="00732006" w:rsidRDefault="00732006" w:rsidP="006916F3">
+    <w:p w14:paraId="60B132AC" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="001CCA38" w14:textId="77777777" w:rsidR="00732006" w:rsidRDefault="00732006" w:rsidP="006916F3">
+    <w:p w14:paraId="08F1CE39" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27CE4682" w14:textId="77777777" w:rsidR="00732006" w:rsidRDefault="00732006" w:rsidP="006916F3">
+    <w:p w14:paraId="3F811D19" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0280295C" w14:textId="77777777" w:rsidR="00732006" w:rsidRDefault="00732006" w:rsidP="006916F3">
+    <w:p w14:paraId="5746315B" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41E39111" w14:textId="3E335567" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="3AE051C4" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...391 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="52411890" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="4AADA0A6" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Pembahasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>didukung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>perspektif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>teori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>disediakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>tinjauan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>relevan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan berikan foto kegiatan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gaya </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Turabian.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jarak: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>pt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t>Indonesia:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>antar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>baris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>: 1)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26581F8F" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
-[...32 lines deleted...]
-    <w:p w14:paraId="1DBF8339" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="01F8CEFC" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41294262" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">KESIMPULAN (Cambria, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E48337" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Bagian ini berisi uraian simpulan hasil pengabdian kepada masyarakat berupa refleksi teoritis dan rekomendasi.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve">(Cambria, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>ukuran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>12,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Jarak</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>sebelum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>setelah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>Bahasa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>Indonesia:</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Jarak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>antar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>baris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>: 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5719E61E" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="678ACF1D" w14:textId="747FEC36" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179DE085" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="6A95BA0B" w14:textId="77777777" w:rsidR="00490372" w:rsidRDefault="00490372" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60F41986" w14:textId="77777777" w:rsidR="00490372" w:rsidRPr="003F25AB" w:rsidRDefault="00490372" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53386838" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>UCAPAN TERIMA KASIH (Cambria, ukuran 12)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBB1D12" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="360320A2" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Berisi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>uraian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>ucapan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>terima</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kasih</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>penghargaan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kepada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pihak-pihak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>individu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>lembaga</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">) yang </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>terlibat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>secara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>langsung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>maupun</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>tidak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>langsung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>dalam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>keberhasilan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kegiatan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> program </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>pengabdian</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kepada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>masyarakat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambria, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>ukuran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Jarak: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>sebelum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>setelah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>Bahasa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>Indonesia:</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Jarak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>antar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>baris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>: 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B56EB59" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="3107BD18" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="208F6477" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="10EE1E2F" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">REFERENSI (Cambria, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>ukuran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 12)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380DE65F" w14:textId="77777777" w:rsidR="006916F3" w:rsidRPr="003F25AB" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="1A08AA19" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Penulisan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>referensi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>harus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>mengikuti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>kaidah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="222222"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>gaya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Courier New"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="222222"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Turabian</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambria, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>ukuran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Jarak: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>sebelum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>setelah</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>Bahasa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003F25AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         </w:rPr>
         <w:t>Indonesia:</w:t>
       </w:r>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Jarak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>antar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>baris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>: 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2ED3E2" w14:textId="3626C42D" w:rsidR="006916F3" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="59723D53" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Contoh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Referensi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F25AB">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA45A46" w14:textId="73208285" w:rsidR="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="0EA7747E" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasanah, R. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Arsitektur dan Politik Islam dalam Masjid Kesultanan Palembang</w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">. Jurnal Adabiyah, 22(2), 135–150. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="00511911">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t>https://doi.org/10.24252/adabiyah.v22i2.2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="413C1F3A" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="492CC95C" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3527FCD5" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="5635A21E" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk199271606"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk199271606"/>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">Kurniawan, M. A. (2024). </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Islam dan Modernitas Menelusuri Hubungan Antara Tradisi dan Inovasi. </w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>al-Akmal: Jurnal Studi Islam</w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>(6), 28-42.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230C741E" w14:textId="16EA19ED" w:rsidR="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="62992E9D" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00511911">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t>https://doi.org/10.47902/al-akmal.v3i6.335</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DF15AD0" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="299E3572" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62EE1B33" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="35752C48" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511911">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">Lestari, D. (2021). </w:t>
+      </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Tradisi Limas dan Akulturasi dalam Arsitektur Masjid di Palembang</w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">. Jurnal Sastra dan Tradisi, 10(1), 66–80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="00511911">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t>https://doi.org/10.25077/jst.v10i1.789</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B147C56" w14:textId="77777777" w:rsidR="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="6B30A623" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00511911">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    </w:p>
+    <w:p w14:paraId="446280B4" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00511911">
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00511911">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="id-ID"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mahyuddin, S. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Arsitektur Islam di Sumatera Selatan: Antara Akulturasi dan Tradisi Lokal</w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">. Jurnal Arsitektur dan Budaya, 14(1), 33–48. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63965049" w14:textId="5EE96D9B" w:rsidR="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="11F05A20" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00511911">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t>https://doi.org/10.20414/jab.v14i1.776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C1EAB80" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="4CBE4435" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0049D573" w14:textId="77777777" w:rsidR="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="3A4B8324" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">Nasution, M. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Arsitektur dan Representasi Budaya Islam Melayu dalam Masjid Tradisional</w:t>
       </w:r>
       <w:r w:rsidRPr="00511911">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>. Jurnal Humaniora Islamica, 12(1), 45–58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D1D36A" w14:textId="35EED261" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="7DF2C667" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00511911">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
             <w:lang w:val="id-ID"/>
           </w:rPr>
           <w:t>https://doi.org/10.24036/jhi.v12i1.2020</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61A86658" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="00511911" w:rsidRDefault="00511911" w:rsidP="00511911">
+    <w:p w14:paraId="65B264D0" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00511911" w:rsidRDefault="007E18F5" w:rsidP="00511911">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0840C60C" w14:textId="77777777" w:rsidR="00511911" w:rsidRPr="003F25AB" w:rsidRDefault="00511911" w:rsidP="006916F3">
+    <w:p w14:paraId="07D26219" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00511911" w:rsidRPr="003F25AB" w:rsidSect="0095404E">
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId21"/>
+    <w:sectPr w:rsidR="007E18F5" w:rsidRPr="003F25AB" w:rsidSect="0095404E">
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1321" w:right="1134" w:bottom="851" w:left="1701" w:header="720" w:footer="215" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="332"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7850854D" w14:textId="77777777" w:rsidR="00CE5D38" w:rsidRDefault="00CE5D38" w:rsidP="00E16112">
+    <w:p w14:paraId="7A1A0607" w14:textId="77777777" w:rsidR="0092192D" w:rsidRDefault="0092192D" w:rsidP="00E16112">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D3EEF5F" w14:textId="77777777" w:rsidR="00CE5D38" w:rsidRDefault="00CE5D38" w:rsidP="00E16112">
+    <w:p w14:paraId="1524B4E9" w14:textId="77777777" w:rsidR="0092192D" w:rsidRDefault="0092192D" w:rsidP="00E16112">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="BatangChe">
     <w:panose1 w:val="02030609000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="2C64D4DF" w14:textId="5D8A26B3" w:rsidR="00642442" w:rsidRPr="00A109E5" w:rsidRDefault="00642442" w:rsidP="00642442">
+  <w:p w14:paraId="5D55F91D" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00363054" w:rsidRDefault="007E18F5" w:rsidP="00642442">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="2" w:name="_Hlk85042765"/>
-    <w:bookmarkStart w:id="3" w:name="_Hlk85042766"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk85042766"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B55D75">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN: 2797-9210 (</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00B55D75">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Cetak</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="00B55D75">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>) | 2798-2912 (</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-  <w:p w14:paraId="33473AFD" w14:textId="77777777" w:rsidR="00E16112" w:rsidRPr="00642442" w:rsidRDefault="00E16112" w:rsidP="00642442">
+  <w:p w14:paraId="4642C558" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00642442" w:rsidRDefault="007E18F5" w:rsidP="00642442">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="5" w:name="_Hlk85042765"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="25592C44" w14:textId="4EB4842D" w:rsidR="00642442" w:rsidRDefault="00642442" w:rsidP="00642442">
+  <w:p w14:paraId="44614B84" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00363054" w:rsidRDefault="007E18F5" w:rsidP="00642442">
     <w:pPr>
       <w:pStyle w:val="ListParagraph"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="4" w:name="_Hlk85042782"/>
-[...3 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:bookmarkStart w:id="6" w:name="_Hlk85042783"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN: 2797-9210 (</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00B55D75">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Cetak</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="00B55D75">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>) |</w:t>
     </w:r>
     <w:r w:rsidRPr="00396A81">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00396A81">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:r w:rsidRPr="00363054">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2798-2912 (Daring)</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:id="7" w:name="_Hlk85042782"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
   </w:p>
-  <w:p w14:paraId="69040258" w14:textId="77777777" w:rsidR="007A52E3" w:rsidRPr="00642442" w:rsidRDefault="007A52E3" w:rsidP="00642442">
+  <w:p w14:paraId="639AD194" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00642442" w:rsidRDefault="007E18F5" w:rsidP="00642442">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71CF8941" w14:textId="77777777" w:rsidR="00CE5D38" w:rsidRDefault="00CE5D38" w:rsidP="00E16112">
+    <w:p w14:paraId="7D9CBE3C" w14:textId="77777777" w:rsidR="0092192D" w:rsidRDefault="0092192D" w:rsidP="00E16112">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E1E5778" w14:textId="77777777" w:rsidR="00CE5D38" w:rsidRDefault="00CE5D38" w:rsidP="00E16112">
+    <w:p w14:paraId="51939479" w14:textId="77777777" w:rsidR="0092192D" w:rsidRDefault="0092192D" w:rsidP="00E16112">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="519B8EEE" w14:textId="7E3F8CEF" w:rsidR="006916F3" w:rsidRDefault="006916F3" w:rsidP="006916F3">
+    <w:p w14:paraId="078CB987" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="006916F3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:sdt>
-[...8 lines deleted...]
-      <w:rPr>
+  <w:p w14:paraId="36E39483" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00490372" w:rsidRDefault="007E18F5" w:rsidP="005E5A41">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
-      </w:rPr>
-[...64 lines deleted...]
-  </w:sdt>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="53C52F18" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRDefault="007E18F5" w:rsidP="007E1327">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="left" w:pos="6237"/>
+      </w:tabs>
+      <w:ind w:right="360" w:firstLine="360"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4EAC8CD3" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00FD5D32" w:rsidRDefault="007E18F5" w:rsidP="00FD5D32">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:lang w:eastAsia="id-ID"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="33431C8C" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00490372" w:rsidRDefault="007E18F5" w:rsidP="005E5A41">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00490372">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="30AAF310" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00DD094A" w:rsidRDefault="0092192D" w:rsidP="00DD094A">
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:ind w:right="360" w:firstLine="360"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="759F9E67">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s2049" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:13.3pt;margin-top:-7.05pt;width:75.35pt;height:59.9pt;z-index:-3">
+          <v:imagedata r:id="rId1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+    <w:r w:rsidR="007E18F5">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                            </w:t>
+    </w:r>
+    <w:r w:rsidR="007E18F5" w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t>Bakti Masyarakat Pengabdian dan Pemberdayaan Masyarakat</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="293B7C3D" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00DD094A" w:rsidRDefault="007E18F5" w:rsidP="00DD094A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-AU" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                             </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-AU" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-AU" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Volume xx, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-AU" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t>Nomor</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-AU" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  xx</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-AU" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t>,  202</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6A19F850" w14:textId="77777777" w:rsidR="007E18F5" w:rsidRPr="00DD094A" w:rsidRDefault="007E18F5" w:rsidP="00DD094A">
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:right="92"/>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                            </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>E</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>ISSN :</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 3123-4615; </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Hal. xx-xx </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="01581232" w14:textId="0F2277BF" w:rsidR="007E18F5" w:rsidRPr="00DD094A" w:rsidRDefault="007E18F5" w:rsidP="00DD094A">
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:right="94"/>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                        </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">        </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">DOI: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD094A">
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:color="0563C1"/>
+      </w:rPr>
+      <w:t>10.55984</w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2">
+      <w:r w:rsidRPr="00DD094A">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="2ABEC8AE" w14:textId="5BCC60DE" w:rsidR="007E18F5" w:rsidRPr="00ED5793" w:rsidRDefault="00490372" w:rsidP="00DD094A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:lang w:val="id-ID"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:lang w:val="id-ID"/>
+      </w:rPr>
+      <w:pict w14:anchorId="000D7F1B">
+        <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+          <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+          <o:lock v:ext="edit" shapetype="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s2050" type="#_x0000_t32" style="position:absolute;margin-left:-4.55pt;margin-top:11.45pt;width:475.65pt;height:0;z-index:2" o:connectortype="straight"/>
+      </w:pict>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:pict w14:anchorId="000D7F1B">
+        <v:shape id="_x0000_s2051" type="#_x0000_t32" style="position:absolute;margin-left:-5.1pt;margin-top:9.9pt;width:477.4pt;height:0;z-index:3" o:connectortype="straight"/>
+      </w:pict>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="029F29F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04904BE0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03655EAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E738F9D2"/>
     <w:lvl w:ilvl="0" w:tplc="B16610B8">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04210003" w:tentative="1">
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04210003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04210005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04210005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04210001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04210001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04210003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04210003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04210005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04210005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04210001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04210001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04210003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04210003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04210005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04210005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04A25B74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7F5C91F6"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11163C94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E166B52C"/>
     <w:lvl w:ilvl="0" w:tplc="0E169EE6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="No"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -8734,394 +9612,396 @@
       <w:pPr>
         <w:ind w:left="2580" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="6492A882">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1205720B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B314A2BE"/>
     <w:lvl w:ilvl="0" w:tplc="C448A498">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Daftarpustaka"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14D31413"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE0602BE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B984D21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75BA04F6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BF415CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1BF415CD"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9180,360 +10060,353 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="236A47EF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="236A47EF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="975" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-17"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1325" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1671" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2017" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2363" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2709" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3054" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3400" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3746" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24981B16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2DC457C"/>
     <w:lvl w:ilvl="0" w:tplc="1298B3BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270F36AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E4C9798"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4500" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2733181E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EC725880"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
+        <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
@@ -9569,607 +10442,583 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AD85A25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="243455A2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D362C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F0082BF6"/>
     <w:lvl w:ilvl="0" w:tplc="2592CA6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30531E72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57606BD8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33964A34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01D21076"/>
     <w:lvl w:ilvl="0" w:tplc="00262B14">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3495774A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AE61B2E"/>
     <w:lvl w:ilvl="0" w:tplc="32D8CDEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="353E5BA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="600062F4"/>
     <w:lvl w:ilvl="0" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CEF6430"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8060489A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -10261,668 +11110,660 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D7145F4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D7145F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1133" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-18"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1471" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1803" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2135" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2466" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2798" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3130" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3462" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3793" w:hanging="548"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="id" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F8D4163"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85188046"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46FB3ED4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9622B78"/>
     <w:lvl w:ilvl="0" w:tplc="E7CC2C30">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="daftarpustaka0"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2946" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3666" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4386" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7266" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47554004"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="576ACFD8"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="488841FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C2AA8AE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1C7891FE">
       <w:start w:val="17"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1620" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="B28C2E88">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C7204A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AAFE4D8E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DF213E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FE62A192"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -10970,1438 +11811,1448 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E6A6FA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA305F6C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FE13066"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEA022A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53CC03D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E28A793E"/>
     <w:lvl w:ilvl="0" w:tplc="C9F8BEE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="123"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59AE3B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B5852AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Simbol"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="2" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="3" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="4" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="5" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="6" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="7" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="8" w:tentative="1">
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BD25F54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9162E54C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C2378C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B534061E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EBB01A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FE452C6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F14467E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64966706"/>
     <w:lvl w:ilvl="0" w:tplc="37040238">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64491121"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD9E8DD6"/>
     <w:lvl w:ilvl="0" w:tplc="CCAC677E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times-Roman" w:hAnsi="Times-Roman" w:cs="Times-Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68BC34CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE54A3B2"/>
     <w:lvl w:ilvl="0" w:tplc="5388E3C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="22"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F5F6EF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9970CF2E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D14E478A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74552030"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="147E6274"/>
     <w:lvl w:ilvl="0" w:tplc="0AD8708A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%1]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74DF728C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87DEF78E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0421000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0421000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04210019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04210019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0421001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0421001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7866421F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27F65B2A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B1C3DDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76122CB6"/>
     <w:lvl w:ilvl="0" w:tplc="B3904FEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
@@ -12490,477 +13341,511 @@
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="132"/>
+  <w:embedSystemFonts/>
   <w:mirrorMargins/>
-  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
+  <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+      <o:rules v:ext="edit">
+        <o:r id="V:Rule1" type="connector" idref="#_x0000_s2050"/>
+        <o:r id="V:Rule2" type="connector" idref="#_x0000_s2051"/>
+      </o:rules>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E16112"/>
+    <w:rsid w:val="00003C89"/>
     <w:rsid w:val="00004B8F"/>
     <w:rsid w:val="00013BA0"/>
     <w:rsid w:val="0003438B"/>
     <w:rsid w:val="000402C3"/>
     <w:rsid w:val="0006596A"/>
     <w:rsid w:val="00066F54"/>
     <w:rsid w:val="00071A9A"/>
     <w:rsid w:val="0007221E"/>
     <w:rsid w:val="00074165"/>
     <w:rsid w:val="000B2693"/>
     <w:rsid w:val="000E6A3D"/>
     <w:rsid w:val="0011307A"/>
     <w:rsid w:val="00114E77"/>
     <w:rsid w:val="0011514A"/>
     <w:rsid w:val="001268A6"/>
     <w:rsid w:val="00126B81"/>
+    <w:rsid w:val="001354B0"/>
     <w:rsid w:val="00174508"/>
     <w:rsid w:val="001805A7"/>
     <w:rsid w:val="001B7E17"/>
     <w:rsid w:val="001E314F"/>
+    <w:rsid w:val="001F11DE"/>
     <w:rsid w:val="0022252F"/>
     <w:rsid w:val="00244D5C"/>
     <w:rsid w:val="0027378B"/>
     <w:rsid w:val="002A3730"/>
     <w:rsid w:val="002D70A3"/>
     <w:rsid w:val="002E4797"/>
     <w:rsid w:val="00316C47"/>
     <w:rsid w:val="00321B82"/>
     <w:rsid w:val="00327CFB"/>
     <w:rsid w:val="00332E43"/>
     <w:rsid w:val="00334134"/>
+    <w:rsid w:val="00363054"/>
     <w:rsid w:val="003707D6"/>
     <w:rsid w:val="00385BE4"/>
     <w:rsid w:val="0038635E"/>
+    <w:rsid w:val="00396A81"/>
     <w:rsid w:val="003A756C"/>
     <w:rsid w:val="003C0CB9"/>
     <w:rsid w:val="003C62C3"/>
     <w:rsid w:val="003D6C29"/>
+    <w:rsid w:val="003F25AB"/>
     <w:rsid w:val="003F4F1F"/>
     <w:rsid w:val="004129EE"/>
     <w:rsid w:val="004176B1"/>
     <w:rsid w:val="00421012"/>
     <w:rsid w:val="004405CF"/>
     <w:rsid w:val="00470BE4"/>
     <w:rsid w:val="00477005"/>
+    <w:rsid w:val="00490372"/>
     <w:rsid w:val="0049634F"/>
     <w:rsid w:val="004B0D95"/>
     <w:rsid w:val="004C0FA0"/>
     <w:rsid w:val="004D02A5"/>
     <w:rsid w:val="004D6919"/>
     <w:rsid w:val="004E06FD"/>
     <w:rsid w:val="004E5FB9"/>
     <w:rsid w:val="00506BA7"/>
     <w:rsid w:val="00511911"/>
     <w:rsid w:val="00526850"/>
     <w:rsid w:val="0054075F"/>
     <w:rsid w:val="0054468E"/>
     <w:rsid w:val="00547E7C"/>
     <w:rsid w:val="00551BA1"/>
     <w:rsid w:val="00566165"/>
     <w:rsid w:val="00567B6B"/>
     <w:rsid w:val="0059363B"/>
     <w:rsid w:val="005D3C62"/>
+    <w:rsid w:val="005E5A41"/>
     <w:rsid w:val="00606DED"/>
     <w:rsid w:val="00614D96"/>
     <w:rsid w:val="00617100"/>
     <w:rsid w:val="00634BFC"/>
     <w:rsid w:val="006370E3"/>
     <w:rsid w:val="00642442"/>
     <w:rsid w:val="006660DD"/>
     <w:rsid w:val="006916F3"/>
     <w:rsid w:val="006C0F62"/>
     <w:rsid w:val="006E45B3"/>
     <w:rsid w:val="006F0AC5"/>
     <w:rsid w:val="006F41C2"/>
     <w:rsid w:val="00700898"/>
     <w:rsid w:val="007009BA"/>
     <w:rsid w:val="0070410E"/>
     <w:rsid w:val="00732006"/>
     <w:rsid w:val="00733331"/>
     <w:rsid w:val="00740930"/>
     <w:rsid w:val="00757BFD"/>
     <w:rsid w:val="0076259A"/>
     <w:rsid w:val="00767EA4"/>
     <w:rsid w:val="00793FD7"/>
     <w:rsid w:val="007A52E3"/>
     <w:rsid w:val="007B081C"/>
     <w:rsid w:val="007B1E0C"/>
     <w:rsid w:val="007B25E4"/>
     <w:rsid w:val="007B573E"/>
     <w:rsid w:val="007C7F98"/>
+    <w:rsid w:val="007E1327"/>
+    <w:rsid w:val="007E18F5"/>
     <w:rsid w:val="00802A25"/>
     <w:rsid w:val="00827AE3"/>
     <w:rsid w:val="00841A09"/>
     <w:rsid w:val="0084540F"/>
     <w:rsid w:val="00866292"/>
     <w:rsid w:val="00871C40"/>
     <w:rsid w:val="00881D8A"/>
     <w:rsid w:val="00894565"/>
     <w:rsid w:val="0089565E"/>
     <w:rsid w:val="008A42C0"/>
     <w:rsid w:val="008C4A3C"/>
     <w:rsid w:val="008C5A6C"/>
     <w:rsid w:val="008E0759"/>
     <w:rsid w:val="008E117B"/>
     <w:rsid w:val="008E33DA"/>
     <w:rsid w:val="008E37E8"/>
     <w:rsid w:val="00903671"/>
+    <w:rsid w:val="0092192D"/>
     <w:rsid w:val="009264DC"/>
     <w:rsid w:val="00937B63"/>
     <w:rsid w:val="009432E3"/>
     <w:rsid w:val="00950762"/>
     <w:rsid w:val="0095404E"/>
     <w:rsid w:val="009635CE"/>
     <w:rsid w:val="00973B65"/>
     <w:rsid w:val="00975815"/>
     <w:rsid w:val="00980A5F"/>
     <w:rsid w:val="009A0496"/>
     <w:rsid w:val="009A3951"/>
     <w:rsid w:val="009C29DB"/>
     <w:rsid w:val="009C70B1"/>
     <w:rsid w:val="009D3BC7"/>
     <w:rsid w:val="00A132D8"/>
     <w:rsid w:val="00A36B4E"/>
     <w:rsid w:val="00A5322B"/>
     <w:rsid w:val="00A64C64"/>
     <w:rsid w:val="00A73A7A"/>
     <w:rsid w:val="00A777ED"/>
     <w:rsid w:val="00AA1D3D"/>
     <w:rsid w:val="00AE4988"/>
     <w:rsid w:val="00AF74B7"/>
     <w:rsid w:val="00B06125"/>
     <w:rsid w:val="00B1432F"/>
     <w:rsid w:val="00B279EB"/>
     <w:rsid w:val="00B3116A"/>
     <w:rsid w:val="00B323CF"/>
+    <w:rsid w:val="00B82436"/>
     <w:rsid w:val="00B83586"/>
     <w:rsid w:val="00B83A2C"/>
     <w:rsid w:val="00BA0C96"/>
     <w:rsid w:val="00BB1225"/>
     <w:rsid w:val="00BB3C1E"/>
     <w:rsid w:val="00BD0CA7"/>
     <w:rsid w:val="00C04168"/>
     <w:rsid w:val="00C15114"/>
     <w:rsid w:val="00C16EAB"/>
     <w:rsid w:val="00C321CA"/>
     <w:rsid w:val="00C35E59"/>
     <w:rsid w:val="00C42F18"/>
     <w:rsid w:val="00C617A4"/>
     <w:rsid w:val="00C66AA7"/>
     <w:rsid w:val="00C75936"/>
     <w:rsid w:val="00C8274B"/>
     <w:rsid w:val="00C8278F"/>
     <w:rsid w:val="00C82CAF"/>
     <w:rsid w:val="00C87F1C"/>
     <w:rsid w:val="00CA7E6E"/>
     <w:rsid w:val="00CD2553"/>
     <w:rsid w:val="00CD2B28"/>
     <w:rsid w:val="00CD49B7"/>
     <w:rsid w:val="00CD5839"/>
     <w:rsid w:val="00CE39BA"/>
     <w:rsid w:val="00CE5D38"/>
     <w:rsid w:val="00CF0B93"/>
     <w:rsid w:val="00D17E07"/>
     <w:rsid w:val="00D30DD7"/>
     <w:rsid w:val="00D75AC0"/>
     <w:rsid w:val="00D844C5"/>
     <w:rsid w:val="00DB5BF9"/>
     <w:rsid w:val="00DB7156"/>
+    <w:rsid w:val="00DD094A"/>
     <w:rsid w:val="00DE2795"/>
     <w:rsid w:val="00E12935"/>
     <w:rsid w:val="00E16112"/>
     <w:rsid w:val="00E34FE6"/>
     <w:rsid w:val="00E42301"/>
     <w:rsid w:val="00E60911"/>
     <w:rsid w:val="00E72979"/>
     <w:rsid w:val="00E775DC"/>
     <w:rsid w:val="00EA4145"/>
     <w:rsid w:val="00EB234E"/>
     <w:rsid w:val="00ED18C2"/>
     <w:rsid w:val="00ED1BA5"/>
+    <w:rsid w:val="00ED5793"/>
+    <w:rsid w:val="00EF1108"/>
     <w:rsid w:val="00EF27A5"/>
     <w:rsid w:val="00F46BBB"/>
     <w:rsid w:val="00F54195"/>
     <w:rsid w:val="00F5724A"/>
     <w:rsid w:val="00F7472E"/>
+    <w:rsid w:val="00F917F6"/>
     <w:rsid w:val="00FD026C"/>
     <w:rsid w:val="00FD5D32"/>
     <w:rsid w:val="00FE0B9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="id-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0FC1218E"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{E6C909AB-7A60-46B8-8FA0-263AA2FD8163}"/>
+  <w14:docId w14:val="552D321A"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{A9088952-6DC9-4317-AE02-04F09BCC6156}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="id-ID" w:eastAsia="id-ID" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...154 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -13144,5412 +14029,1904 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C87F1C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="720" w:hanging="720"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="1440" w:hanging="720"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="2160"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="2160" w:hanging="720"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="num" w:pos="2880"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="2880" w:hanging="720"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="3600"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="3600" w:hanging="720"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="4320" w:hanging="720"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="5040"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="5040" w:hanging="720"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="5760" w:hanging="720"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="000E6A3D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="6480"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="6480" w:hanging="720"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="000E6A3D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00E16112"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="00E16112"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00E16112"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="00E16112"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00EF27A5"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Penulis">
     <w:name w:val="Penulis"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD2553"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4140"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="judul">
     <w:name w:val="judul"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD2553"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4140"/>
       </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="katakunci">
     <w:name w:val="kata kunci"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD2553"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4140"/>
       </w:tabs>
       <w:ind w:right="51"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="Body of text,normal,Normal1,kepala,List Paragraph1,Heading 10,Body of text+1,Body of text+2,Body of text+3,List Paragraph11,Colorful List - Accent 11,HEADING 1,Medium Grid 1 - Accent 21,Body Text Char1,Char Char2,Char Char21,UGEX'Z"/>
+    <w:aliases w:val="Body of text,Normal1,Normal11,kepala,List Paragraph1,Heading 10,Body of text+1,Body of text+2,Body of text+3,List Paragraph11,Colorful List - Accent 11,Heading 11,Medium Grid 1 - Accent 21,Body Text Char1,Char Char2,Char Char21,UGEX'Z"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00CD2553"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD2553"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:lang w:val="id-ID"/>
+      <w:rFonts w:cs="Calibri"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodi">
     <w:name w:val="Bodi"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD2553"/>
     <w:pPr>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bab">
     <w:name w:val="Bab"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F5724A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="4140"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subbab">
     <w:name w:val="Sub bab"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F5724A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2837"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="123">
     <w:name w:val="123"/>
     <w:basedOn w:val="ListParagraph"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F5724A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="426"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="daftarpustaka0">
     <w:name w:val="daftar pustaka"/>
     <w:basedOn w:val="ListParagraph"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00071A9A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="426" w:hanging="426"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
-    <w:aliases w:val="Body of text Char,normal Char,Normal1 Char,kepala Char,List Paragraph1 Char,Heading 10 Char,Body of text+1 Char,Body of text+2 Char,Body of text+3 Char,List Paragraph11 Char,Colorful List - Accent 11 Char,HEADING 1 Char,UGEX'Z Char"/>
+    <w:aliases w:val="Body of text Char,Normal1 Char,Normal11 Char,kepala Char,List Paragraph1 Char,Heading 10 Char,Body of text+1 Char,Body of text+2 Char,Body of text+3 Char,List Paragraph11 Char,Colorful List - Accent 11 Char,Heading 11 Char"/>
     <w:link w:val="ListParagraph"/>
-    <w:uiPriority w:val="34"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00EA4145"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Daftarpustaka">
     <w:name w:val="Daftar pustaka"/>
     <w:basedOn w:val="ListParagraph"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EA4145"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="200"/>
       <w:ind w:left="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLPreformattedChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00EA4145"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="HTMLPreformatted"/>
     <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="00EA4145"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="id-ID" w:eastAsia="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliography">
     <w:name w:val="EndNote Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndNoteBibliographyChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EA4145"/>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndNoteBibliographyChar">
     <w:name w:val="EndNote Bibliography Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndNoteBibliography"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="00EA4145"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="No">
     <w:name w:val="No"/>
     <w:basedOn w:val="ListParagraph"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EA4145"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:ind w:left="284" w:hanging="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="007B081C"/>
-    <w:pPr>
-[...8 lines deleted...]
-    <w:rsid w:val="000E6A3D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...116 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="000E6A3D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="000E6A3D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="tlid-translation">
     <w:name w:val="tlid-translation"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD49B7"/>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading">
     <w:name w:val="Light Shading"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="60"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00CD49B7"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+      <w:rFonts w:cs="Calibri"/>
+      <w:color w:val="000000"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="penulis0">
     <w:name w:val="penulis"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00334134"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="abstrak">
     <w:name w:val="abstrak"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00334134"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Babsub">
     <w:name w:val="Bab sub"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00334134"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A73A7A"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="00A73A7A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A73A7A"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="id-ID"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00BB1225"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00BB1225"/>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="20"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00BB1225"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:link w:val="NoSpacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00FD026C"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
     <w:name w:val="fontstyle01"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00066F54"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...3 lines deleted...]
-      <w:iCs w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00066F54"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Style2Char"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00421012"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:szCs w:val="26"/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2Char">
     <w:name w:val="Style2 Char"/>
     <w:link w:val="Style2"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00421012"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A1">
     <w:name w:val="A1"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="009635CE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="35"/>
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00BB3C1E"/>
     <w:pPr>
       <w:spacing w:after="200"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:color w:val="44546A"/>
       <w:lang w:val="en-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLCode">
     <w:name w:val="HTML Code"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00BB3C1E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
     <w:name w:val="long_text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Arikunto">
     <w:name w:val="Arikunto"/>
     <w:aliases w:val="2002)."/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ArikuntoChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="1260"/>
       <w:jc w:val="lowKashida"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ArikuntoChar">
     <w:name w:val="Arikunto Char"/>
     <w:aliases w:val="2002). Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Arikunto"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalJustifyLow">
     <w:name w:val="Normal + Justify Low"/>
     <w:aliases w:val="Left:  0,25&quot;,First line:  0,75&quot;,Line spacing:  1.5 li......"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NormalJustifyLowChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="360" w:firstLine="1080"/>
       <w:jc w:val="lowKashida"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalJustifyLowChar">
     <w:name w:val="Normal + Justify Low Char"/>
     <w:aliases w:val="Left:  0 Char,25&quot; Char,First line:  0 Char,75&quot; Char,Line spacing:  1.5 li...... Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NormalJustifyLow"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="sv-SE"/>
+      <w:lang w:val="sv-SE" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
     <w:name w:val="Body Text Indent Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:uiPriority w:val="22"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="72"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style20">
     <w:name w:val="Style 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="792"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:noProof/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="personname">
     <w:name w:val="person_name"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote Text Char1 Char,Footnote Text Char Char Char,Footnote Text Char Char1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:aliases w:val="Footnote Text Char1 Char Char,Footnote Text Char Char Char Char,Footnote Text Char Char1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="id-ID"/>
+      <w:lang w:val="id-ID" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="HTMLCite">
     <w:name w:val="HTML Cite"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-style-span">
     <w:name w:val="apple-style-span"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
-    <w:uiPriority w:val="11"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
-    <w:uiPriority w:val="11"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent3Char"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
     <w:name w:val="Body Text Indent 3 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ColorfulList-Accent1Char">
     <w:name w:val="Colorful List - Accent 1 Char"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="id-ID"/>
+      <w:lang w:val="id-ID" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar1">
     <w:name w:val="Balloon Text Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Calibri" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar1">
     <w:name w:val="Header Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar1">
     <w:name w:val="Footer Char1"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="l6">
     <w:name w:val="l6"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Institusi">
     <w:name w:val="Institusi"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="sv-SE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="abstrakisi">
     <w:name w:val="abstrak isi"/>
     <w:basedOn w:val="abstrak"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Simbol">
     <w:name w:val="Simbol"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:ind w:left="630" w:hanging="270"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gambar">
     <w:name w:val="Gambar"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Equation">
     <w:name w:val="Equation"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:spacing w:after="200"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text">
     <w:name w:val="Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="252" w:lineRule="auto"/>
       <w:ind w:firstLine="202"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="atn">
     <w:name w:val="atn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabel">
     <w:name w:val="Tabel"/>
     <w:basedOn w:val="Bodi"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="minorBidi"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelkotak">
     <w:name w:val="Tabel kotak"/>
     <w:basedOn w:val="Bodi"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Reference">
     <w:name w:val="Reference"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="288" w:hanging="288"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="BatangChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="IEEEReferenceItem">
     <w:name w:val="IEEE Reference Item"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0038635E"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:ind w:left="360" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="JOURNALHEADING1">
     <w:name w:val="JOURNAL_HEADING 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="004E06FD"/>
     <w:pPr>
       <w:spacing w:before="360" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="JOURNALBODY">
     <w:name w:val="JOURNAL_BODY"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="004E06FD"/>
     <w:pPr>
       <w:ind w:firstLine="743"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="id-ID"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
     <w:basedOn w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00871C40"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:ind w:firstLine="567"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="PlainTable21">
     <w:name w:val="Plain Table 21"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="42"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="0084540F"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-    <w:tblStylePr w:type="firstRow">
-[...61 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E34FE6"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="258" w:lineRule="exact"/>
       <w:ind w:left="129"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="id"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bibliography">
     <w:name w:val="Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="37"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00FD5D32"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00511911"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:color w:val="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="975724680">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="315186308">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24036/jhi.v12i1.2020" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20414/jab.v14i1.776" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25077/jst.v10i1.789" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.47902/al-akmal.v3i6.335" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24252/adabiyah.v22i2.2022" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20414/jab.v14i1.776" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25077/jst.v10i1.789" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.47902/al-akmal.v3i6.335" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24252/adabiyah.v22i2.2022" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24036/jhi.v12i1.2020" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-[...3457 lines deleted...]
-</dgm:styleDef>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.61132/mengabdi.v3i5.1885" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -18665,82 +16042,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{984A0050-DDE7-4968-AABA-02B47FAC6B1C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAB05E6A-61F8-42A2-AB26-324DA878616A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>915</Words>
-  <Characters>5222</Characters>
+  <Words>959</Words>
+  <Characters>5472</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>METRO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6125</CharactersWithSpaces>
+  <CharactersWithSpaces>6419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>TRAVELMATE</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>